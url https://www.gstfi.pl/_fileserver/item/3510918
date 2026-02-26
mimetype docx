--- v0 (2025-12-08)
+++ v1 (2026-02-26)
@@ -753,142 +753,163 @@
         </w:rPr>
         <w:t>„Mocodawcą”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75AFF1F2" w14:textId="75C9D485" w:rsidR="00066FE7" w:rsidRPr="00066FE7" w:rsidRDefault="00066FE7" w:rsidP="00066FE7">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00066FE7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>udziela:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B8AC037" w14:textId="5E92A73B" w:rsidR="00215E66" w:rsidRDefault="00C36414" w:rsidP="00215E66">
+    <w:p w14:paraId="7B8AC037" w14:textId="052DDB3B" w:rsidR="00215E66" w:rsidRDefault="00C36414" w:rsidP="00215E66">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">radcy prawnemu </w:t>
       </w:r>
       <w:r w:rsidR="00215E66" w:rsidRPr="0076062A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Pan</w:t>
       </w:r>
       <w:r w:rsidR="00215E66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>u Dariuszowi Koronie</w:t>
+        <w:t xml:space="preserve">u </w:t>
+      </w:r>
+      <w:r w:rsidR="001B63EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_____________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00215E66" w:rsidRPr="007266B8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14FCF139" w14:textId="28CD64FD" w:rsidR="00215E66" w:rsidRDefault="00C36414" w:rsidP="00215E66">
+    <w:p w14:paraId="714EC1EF" w14:textId="77777777" w:rsidR="001B63EB" w:rsidRDefault="001B63EB" w:rsidP="001B63EB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14FCF139" w14:textId="55F8089C" w:rsidR="00215E66" w:rsidRDefault="00C36414" w:rsidP="00215E66">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">radcy prawnemu </w:t>
       </w:r>
       <w:r w:rsidR="00215E66" w:rsidRPr="00D47F69">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Panu </w:t>
       </w:r>
-      <w:r w:rsidR="009206EA">
+      <w:r w:rsidR="001B63EB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Krzysztofowi Jastrzębskiemu</w:t>
+        <w:t>_____________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00215E66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56259BEB" w14:textId="71B42A36" w:rsidR="00B22B98" w:rsidRDefault="00B22B98" w:rsidP="00C771A5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46BED945" w14:textId="6A7C38D2" w:rsidR="000976D8" w:rsidRDefault="00794665" w:rsidP="00537490">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
@@ -1458,51 +1479,60 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AD71FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>oraz odbierania pism, dokumentów</w:t>
       </w:r>
       <w:r w:rsidR="00936716">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, informacji</w:t>
       </w:r>
       <w:r w:rsidR="00AD71FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> oraz wszelkiej korespondencji kierowanej</w:t>
+        <w:t xml:space="preserve"> oraz wszelkiej </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD71FF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>korespondencji kierowanej</w:t>
       </w:r>
       <w:r w:rsidR="00066FE7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00AD71FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00936716">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">w związku z toczącym się postępowaniem </w:t>
       </w:r>
@@ -1561,51 +1591,50 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04878271" w14:textId="77777777" w:rsidR="00D57C75" w:rsidRPr="00AD71FF" w:rsidRDefault="00AD71FF" w:rsidP="00AD71FF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">podejmowania wszelkich </w:t>
       </w:r>
       <w:r w:rsidR="00D57C75" w:rsidRPr="00D57C75">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>czynno</w:t>
       </w:r>
       <w:r w:rsidR="00D57C75" w:rsidRPr="00D57C75">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ś</w:t>
       </w:r>
       <w:r w:rsidR="00D57C75" w:rsidRPr="00D57C75">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ci faktycznych i prawnych niezb</w:t>
@@ -3017,98 +3046,97 @@
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1109009518">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1067531052">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="440733423">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="215629031">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1506818290">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="337467046">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:removePersonalInformation/>
-  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DE6E54"/>
     <w:rsid w:val="000418C7"/>
     <w:rsid w:val="0005525A"/>
     <w:rsid w:val="00066FE7"/>
     <w:rsid w:val="000676F5"/>
     <w:rsid w:val="00075F27"/>
     <w:rsid w:val="000976D8"/>
     <w:rsid w:val="000B1BF0"/>
     <w:rsid w:val="000D4D2E"/>
     <w:rsid w:val="000F77D6"/>
     <w:rsid w:val="001020A5"/>
     <w:rsid w:val="001470BE"/>
     <w:rsid w:val="00157B80"/>
     <w:rsid w:val="00163609"/>
     <w:rsid w:val="00180F14"/>
     <w:rsid w:val="00180F7F"/>
     <w:rsid w:val="00184BA7"/>
     <w:rsid w:val="0019003A"/>
+    <w:rsid w:val="001B63EB"/>
     <w:rsid w:val="001B79AA"/>
     <w:rsid w:val="001C7837"/>
     <w:rsid w:val="001F5960"/>
     <w:rsid w:val="00205650"/>
     <w:rsid w:val="00215E66"/>
     <w:rsid w:val="002454E0"/>
     <w:rsid w:val="002458CA"/>
     <w:rsid w:val="00253F18"/>
     <w:rsid w:val="0027285D"/>
     <w:rsid w:val="0029398C"/>
     <w:rsid w:val="002A0F93"/>
     <w:rsid w:val="002A43A4"/>
     <w:rsid w:val="002C46AE"/>
     <w:rsid w:val="0030141C"/>
     <w:rsid w:val="003109E5"/>
     <w:rsid w:val="003257D6"/>
     <w:rsid w:val="00327DDE"/>
     <w:rsid w:val="003321DD"/>
     <w:rsid w:val="003959E3"/>
     <w:rsid w:val="003B0D29"/>
     <w:rsid w:val="003F0530"/>
     <w:rsid w:val="003F0BE3"/>
     <w:rsid w:val="003F3CFF"/>
     <w:rsid w:val="003F7889"/>
     <w:rsid w:val="00402A6E"/>
@@ -3121,50 +3149,51 @@
     <w:rsid w:val="004E692E"/>
     <w:rsid w:val="0050355C"/>
     <w:rsid w:val="00512B35"/>
     <w:rsid w:val="0051617E"/>
     <w:rsid w:val="00527B02"/>
     <w:rsid w:val="00537490"/>
     <w:rsid w:val="0053753B"/>
     <w:rsid w:val="00540B76"/>
     <w:rsid w:val="00546EEA"/>
     <w:rsid w:val="00561EEE"/>
     <w:rsid w:val="005911D3"/>
     <w:rsid w:val="005F1CB3"/>
     <w:rsid w:val="006102DA"/>
     <w:rsid w:val="006466BF"/>
     <w:rsid w:val="0066642B"/>
     <w:rsid w:val="00682A2B"/>
     <w:rsid w:val="0068530D"/>
     <w:rsid w:val="006C15A4"/>
     <w:rsid w:val="006F11F0"/>
     <w:rsid w:val="006F24A8"/>
     <w:rsid w:val="007266B8"/>
     <w:rsid w:val="0075107F"/>
     <w:rsid w:val="00794665"/>
     <w:rsid w:val="0079533D"/>
     <w:rsid w:val="007A4236"/>
+    <w:rsid w:val="007C5ECB"/>
     <w:rsid w:val="007E3C53"/>
     <w:rsid w:val="00807439"/>
     <w:rsid w:val="008B2555"/>
     <w:rsid w:val="008B7482"/>
     <w:rsid w:val="008C0C4B"/>
     <w:rsid w:val="008C0FA0"/>
     <w:rsid w:val="008D6866"/>
     <w:rsid w:val="008D7B09"/>
     <w:rsid w:val="008E61F9"/>
     <w:rsid w:val="0091450D"/>
     <w:rsid w:val="00915060"/>
     <w:rsid w:val="009206EA"/>
     <w:rsid w:val="00921D88"/>
     <w:rsid w:val="00935C6C"/>
     <w:rsid w:val="00936716"/>
     <w:rsid w:val="009651BB"/>
     <w:rsid w:val="00991F8E"/>
     <w:rsid w:val="00997B5E"/>
     <w:rsid w:val="009A330E"/>
     <w:rsid w:val="009C08BC"/>
     <w:rsid w:val="009D4A7C"/>
     <w:rsid w:val="009D6F9A"/>
     <w:rsid w:val="009E5CD5"/>
     <w:rsid w:val="00A2503D"/>
     <w:rsid w:val="00A3330F"/>
@@ -3221,53 +3250,54 @@
     <w:rsid w:val="00F81F68"/>
     <w:rsid w:val="00F85598"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="3612F8BE"/>
+  <w15:docId w15:val="{4FF454C7-44FA-4F33-9093-2FDA5502A86B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4123,99 +4153,99 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <titus xmlns="http://schemas.titus.com/TitusProperties/">
   <TitusGUID xmlns="">562eb146-c560-4f8d-9aac-8231433c634f</TitusGUID>
   <TitusMetadata xmlns="">eyJucyI6Imh0dHA6XC9cL3d3dy50aXR1cy5jb21cL25zXC9Hb2xkbWFuU2FjaHMiLCJwcm9wcyI6W3sibiI6IkRvY05vQ2xhc3MiLCJ2YWxzIjpbeyJ2YWx1ZSI6Ik5vdCBJbiBVc2UifV19XX0=</TitusMetadata>
 </titus>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A5B079EA-FBCF-4737-88B8-16CCD51404C5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D2B1667-DCAB-4773-88D9-8CCEA8E6DF2C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.titus.com/TitusProperties/"/>
-    <ds:schemaRef ds:uri=""/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D2B1667-DCAB-4773-88D9-8CCEA8E6DF2C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A5B079EA-FBCF-4737-88B8-16CCD51404C5}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.titus.com/TitusProperties/"/>
+    <ds:schemaRef ds:uri=""/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a64882d5-5c68-43ae-b974-91da18426e9b}" enabled="1" method="Standard" siteId="{38651f6f-836b-4bdf-9615-4e255c290fea}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>255</Words>
-  <Characters>1999</Characters>
+  <Words>253</Words>
+  <Characters>2031</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>64</Lines>
+  <Lines>65</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2230</CharactersWithSpaces>
+  <CharactersWithSpaces>2260</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="TitusGUID">
     <vt:lpwstr>562eb146-c560-4f8d-9aac-8231433c634f</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="DocNoClass">
     <vt:lpwstr>Not In Use</vt:lpwstr>
   </property>
 </Properties>
 </file>